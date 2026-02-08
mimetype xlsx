--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -546,132 +546,132 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4613/indicacao_039.pdf</t>
   </si>
   <si>
     <t>Poda de uma árvore próximo ao nº 295 da rua Francisco Teixeira de Abreu, bairro Palmeiras, a pedido dos moradores.</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4614/indicacao_040.pdf</t>
   </si>
   <si>
     <t>Poda de uma árvore próximo ao nº 182 da rua Cecília Braga, bairro Santo Antônio, a pedido dos moradores.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>Edeir Pacheco, Gilson Pica Pau Vereador, Rosângela Alfenas</t>
+    <t>Edeir Pacheco, Gilson Pica Pau Vereador, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4615/indicacao_042.pdf</t>
   </si>
   <si>
     <t>Pintura de uma faixa de pedestres na esquina entre a ruas Vicente Leite e Major Tito César, sentido Igreja do Divino Espírito Santo.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4616/indicacao_043.pdf</t>
   </si>
   <si>
     <t>Limpeza e capina da rua Gonçalves dias, bairro Santa Bernadete.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4617/indicacao_044.pdf</t>
   </si>
   <si>
     <t>Reforma da calçada situada nas proximidades da Escola Curumim, no bairro Antonina Coelho (Cohab).</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4618/indicacao_045.pdf</t>
   </si>
   <si>
     <t>Construção de um redutor de velocidade na rua Geraldo Lamarca, no bairro Pires da Luz,</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>Gilson Pica Pau Vereador, Darci Pires da Silva, Rosângela Alfenas</t>
+    <t>Gilson Pica Pau Vereador, Darci Pires da Silva, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4619/indicacao_047.pdf</t>
   </si>
   <si>
     <t>Asfaltamento da rua Margarida Teresa de Abreu, no bairro Coparma.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>Edeir Pacheco, Darci Pires da Silva, Gilson Pica Pau Vereador, Rosângela Alfenas</t>
+    <t>Edeir Pacheco, Darci Pires da Silva, Gilson Pica Pau Vereador, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4620/indicacao_049.pdf</t>
   </si>
   <si>
     <t>Asfaltamento da rua Orlando Teixeira, no bairro Coparma.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>Gilson Pica Pau Vereador, Edeir Pacheco, Rosângela Alfenas</t>
+    <t>Gilson Pica Pau Vereador, Edeir Pacheco, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4621/indicacao_053.pdf</t>
   </si>
   <si>
     <t>Recomposição do calçamento da rua Guerino Peron, no bairro Cristal.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4622/indicacao_057.pdf</t>
   </si>
   <si>
     <t>Asfaltamento da Rua Vila Nova do bairro Vila Casal.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>58</t>
   </si>
@@ -4518,51 +4518,51 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5434/indicacao_381.pdf</t>
   </si>
   <si>
     <t>Asfaltamento de cerca de 40 metros na Rua Reginaldo dos Santos Machuco, bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5435/indicacao_382.pdf</t>
   </si>
   <si>
     <t>Reforma de bueiro na Av. Álvaro Bigonha, nº 115, esquina com Rua Antônio de Lucca, bairro Antonina Coelho.</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>Rosângela Alfenas, Edeir Pacheco, Gilson Pica Pau Vereador</t>
+    <t>Rosângela Maria Alfenas de Andrade, Edeir Pacheco, Gilson Pica Pau Vereador</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5436/indicacao_383.pdf</t>
   </si>
   <si>
     <t>Cascalhamento da estrada da Miragaia, pelo menos nos pontos mais críticos causados pelas chuvas.</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5437/indicacao_384.pdf</t>
   </si>
   <si>
     <t>Calçamento da estrada entre Ligação até próximo à propriedade do sr. José Boscato.</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
     <t>385</t>
   </si>
@@ -4809,93 +4809,93 @@
   <si>
     <t>Ao Prefeito do Município de Ubá, Edson Teixeira Filho, solicitando a recomposição do calçamento da Rua Esperantista Édina dos Reis, em frente ao nº 242, bairro Paulino Fernandes.</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5494/indicacao_407.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito do Município de Ubá, Edson Teixeira Filho, solicitando à Prefeitura que acione o proprietário do terreno localizado na rua Wenceslau Campos, em frente ao nº 110, bairro Mangueira Rural</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>MOC A</t>
   </si>
   <si>
     <t>Moção (Regimento Antigo)</t>
   </si>
   <si>
-    <t>Darci Pires da Silva, Antero Gomes de Aguiar, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro, Rosângela Alfenas</t>
+    <t>Darci Pires da Silva, Antero Gomes de Aguiar, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4635/mocao_001.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos aos Promotores Maria Alice Costa Teixeira, Marcelo Schirmer Albuquerque, Cláudia Spranger e Márcio Rogério de Oliveira, que foram responsáveis pela ação que bloqueou R$ 5 bilhões da Vale para reparar danos às pessoas em Brumadinho.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
-    <t>Lek, Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Luis Carlos Teixeira Ribeiro, Rosângela Alfenas</t>
+    <t>Lek, Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Luis Carlos Teixeira Ribeiro, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4636/mocao_002.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. Antônio Ferreira do Nascimento, carinhosamente conhecido por “Saíra”, pelos excelentes serviços prestados na Prefeitura de Ubá.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4637/mocao_003.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos aos heróis do Corpo de Bombeiros Militar em Brumadinho, extensivo aos Bombeiros Militares da cidade de Ubá que lá se encontram.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4638/mocao_004.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em razão da tragédia ocorrida no Centro de Treinamento do Flamengo, ocorrida no último dia 08.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
-    <t>Edeir Pacheco, Antero Gomes de Aguiar, Darci Pires da Silva, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro, Rosângela Alfenas</t>
+    <t>Edeir Pacheco, Antero Gomes de Aguiar, Darci Pires da Silva, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4639/mocao_005.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Esterveson dos Santos</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4640/mocao_006.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações ao Sr. Misael Almeida de Souza, eleito Ouvidor Municipal de Saúde de Ubá, para o biênio 2019/2021.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4657/mocao_007.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos pelo aniversário do pastor José Waldemar de Aguiar</t>
   </si>
@@ -4971,87 +4971,87 @@
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4755/mocao_016.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. Honório Joaquim Carneiro, ocorrido no dia 21/04/2019</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4756/mocao_017.pdf</t>
   </si>
   <si>
     <t>Ao Secretário Municipal de Finanças, Cícero Mateus de Oliveira</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>Rosângela Alfenas</t>
+    <t>Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4757/mocao_018.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. Jorge Antonio Tonieto, dia 30/03/2019</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>Ao Sr. Carlos Roberto Sodré</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4859/mocao_020.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos e Congratulações pelo Dia do Gari que é comemorado anualmente no dia 16 de maio</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4860/mocao_021.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Olinto Corbelli, ocorrido na segunda semana deste mês de maio.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
-    <t>Rosângela Alfenas, Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro</t>
+    <t>Rosângela Maria Alfenas de Andrade, Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4861/mocao_022.pdf</t>
   </si>
   <si>
     <t>Moção de pesar pelo falecimento do Sr. SILVIO GRAVINA</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4862/mocao_023.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Madrigal Ubaense e seu regente, maestro Marum Alexander, pela memorável apresentação "Revivências - Madrigal Ubaense in Concert", no Fórum Cultural, dia 20 de maio passado</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4863/mocao_024.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Administração Municipal, representada pela Secretaria Municipal de Educação, pelo sucesso da II Bienal do Livro de Ubá-2019.</t>
   </si>
@@ -5607,51 +5607,51 @@
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Otacílio Duarte Pacheco</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5448/mocao_085.pdf</t>
   </si>
   <si>
     <t>Aos professores do Instituto Federal Sudeste/MG, Campus Rio Pomba e Campus Avançado de Ubá, da UEMB, e da UFV, pela parceria com a Câmara Municipal na realização do Pré-Enem Social</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5450/mocao_086.pdf</t>
   </si>
   <si>
     <t>Aplausos ao Sr. Messias Barreiro</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
-    <t>Darci Pires da Silva, Rosângela Alfenas, Antero Gomes de Aguiar, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro</t>
+    <t>Darci Pires da Silva, Rosângela Maria Alfenas de Andrade, Antero Gomes de Aguiar, Edeir Pacheco, Gilson Pica Pau Vereador, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Lek, Luis Carlos Teixeira Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5451/mocao_087.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Sr. Augustsmidth Riani</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5453/mocao_088.pdf</t>
   </si>
   <si>
     <t>Pelo falecimento do Senhor Onofre Pinto Filho</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5454/mocao_089.pdf</t>
   </si>
   <si>
     <t>À Igreja do Evangelho Quadrangular, pelos 68 anos de fundação no Brasil</t>
   </si>
@@ -6355,51 +6355,51 @@
   <si>
     <t>Autoriza a abertura de créditos adicionais especiais ao orçamento do Município de Ubá, no âmbito do Fundo Municipal de Assistência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5228/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Rua Antônio Barba, no Bairro da Luz, a logradouro público desta cidade.</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5229/mensagem__projeto.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo suplementar em R$ 20.400,00 a subvenção destinada ao Sindicato dos Produtores Rurais de Ubá, e contém outras disposições.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
-    <t>Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Luis Carlos Teixeira Ribeiro, Rosângela Alfenas</t>
+    <t>Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Jane Lacerda, Jorge Custódio Gervásio, Joseli Anísio Pinto, José Roberto, Luis Carlos Teixeira Ribeiro, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5175/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Personalidade Ubaense do Ano de 2019 ao Sr. Emílio Médice Candian.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5176/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadania Honorária de Ubá ao Senhor Marcelo Oliveira Andrade.</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5177/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadania Honorária de Ubá ao Senhor José Cantelle Lopes.</t>
   </si>
@@ -6511,51 +6511,51 @@
   <si>
     <t>Institui a "Semana Municipal de Divulgação e Conscientização Sobre a Doença de Parkinson e de Apoio Àqueles que Manifestam essa Doença" no calendário Oficial de Eventos do Município de Ubá e dá outras providências.</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5299/mensagem__projeto.pdf</t>
   </si>
   <si>
     <t>Estabelece proposta orçamentária, estimando a receita e fixando a despesa do município de ubá para o exercício de 2020. (LOA 2020)</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5335/mensagem__projeto_7x0u8zF.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$12.314,60 (DOZE MIL, TREZENTOS E QUATORZE REAIS E SESSENTA CENTAVOS), JUNTO AO ORÇAMENTO MUNICIPAL DE 2019, NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE/FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5358</t>
   </si>
   <si>
-    <t>Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Jorge Custódio Gervásio, Rosângela Alfenas</t>
+    <t>Antero Gomes de Aguiar, Darci Pires da Silva, Edeir Pacheco, Jorge Custódio Gervásio, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5358/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Ary Barroso ao Padre Silas Geraldo.</t>
   </si>
   <si>
     <t>5362</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5362/mensagem__projeto_5RsEAib.pdf</t>
   </si>
   <si>
     <t>Desafeta imóvel público de sua destinação original, para possibilitar a construção de escola pública municipal, no Bairro Solar de Ubá 1 (Loteamento Cidade Carinho II), desta cidade.</t>
   </si>
   <si>
     <t>5363</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5363/mensagem__projeto.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a suplementar dotação orçamentária e subvenção destinada à Associação Beneficente Católica e à lrmandade de Nossa Senhora da Saúde, para complementação do financiamento dos serviços de pronto-atendimento de urgência e emergência hospitalar.</t>
   </si>
@@ -7210,51 +7210,51 @@
   <si>
     <t>Solicitar destinação de recursos, por meio de Emenda parlamentar, visando a construção de duas academias ao ar livre, sendo uma no bairro Meu Sonho e outra no bairro Chiquito Gazolla</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5209/representacao_043.pdf</t>
   </si>
   <si>
     <t>Ao Deputado Bráulio Braz, solicitando destinação de recursos, por meio de emenda parlamentar, para a construção de duas academias ao ar livre, sendo uma no bairro Meu Sonho e outra no bairro Chiquito Gazolla</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5210/representacao_044.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre embargos de loteamentos/desmembramentos ou áreas de loteamentos/desmembramentos em Ubá, além de notícias de fato, procedimentos preparatórios, inquéritos civis e ações civis públicas relativas ao meio ambiente nesta cidade</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
-    <t>Rosângela Alfenas, CDDHC - Comissão de Defesa dos Direitos Humanos e Consumidor</t>
+    <t>Rosângela Maria Alfenas de Andrade, CDDHC - Comissão de Defesa dos Direitos Humanos e Consumidor</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5211/representacao_045.pdf</t>
   </si>
   <si>
     <t>Encaminhar documentos ao presidente da Comissão de Administração Pública da Assembleia Legislativa de Minas Gerais, deputado estadual João Magalhães, e ao deputado Alencar Silveira Jr. , solicitando que se posicionem contra a extinção do Serviço de Registro Civil com Atribuição Notarial de Miragaia, distrito de Ubá</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5283/representacao_046resposta.pdf</t>
   </si>
   <si>
     <t>À ECP Engenharia Ltda, solicitando a colocação de três contêineres de lixo na parte alta do bairro Waldemar de Castro, próximos à última torre. RESPOSTA ANEXADA</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5284/representacao_047.pdf</t>
   </si>
   <si>
     <t>À Copasa, solicitando informações sobre o não cumprimento do art. 2º da Lei 12.645/97, referente à instalação de equipamento eliminador de ar</t>
   </si>
@@ -9348,51 +9348,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4377/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4378/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4379/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4380/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4385/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4381/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4382/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4383/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4384/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4386/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4387/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4388/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4389/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4390/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4391/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4393/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4392/indicacao_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4394/indicacao_019_9qkfqsu.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4395/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4396/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4397/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4398/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4399/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4400/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4401/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4402/indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4403/indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4404/indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4405/indicacao_030.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4406/ind_031_gilson_edeir_recomposicao_rosa_de_toledo.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4407/ind_032_gilson_edeir_rua_vereador_sebastiao_lisboa.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4409/ind_034_gilson_edeir_rua_jose_resende.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4410/ind_035_gilson_edeir_container_de_lixo_na_rua_gorazil.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4411/ind_036_gilson_poda_e_autorizacao_de_corte_de_arvore.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4611/indicacao_037.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4612/indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4613/indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4614/indicacao_040.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4615/indicacao_042.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4616/indicacao_043.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4617/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4618/indicacao_045.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4619/indicacao_047.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4620/indicacao_049.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4621/indicacao_053.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4622/indicacao_057.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4623/indicacao_058.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4624/indicacao_059.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4625/indicacao_060.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4626/indicacao_061.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4627/indicacao_062.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4628/indicacao_063.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4629/indicacao_064.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4630/indicacao_065.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4631/indicacao_066.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4632/indicacao_067.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4633/indicacao_068.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4634/indicacao_069.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4661/indicacao_072.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4662/indicacao_073.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4664/indicacao_075.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4665/indicacao_076.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4666/indicacao_077.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4667/indicacao_078.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4668/indicacao_079.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4669/indicacao_080.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4670/indicacao_081.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4671/indicacao_082.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4672/indicacao_083.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4673/indicacao_084.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4674/indicacao_085.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4675/indicacao_086.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4676/indicacao_087.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4677/indicacao_088.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4678/indicacao_089.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4679/indicacao_090.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4680/indicacao_091.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4681/indicacao_092.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4682/indicacao_093.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4683/indicacao_094.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4684/indicacao_095.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4685/indicacao_096.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4686/indicacao_097.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4687/indicacao_098.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4688/indicacao_099.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4689/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4690/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4691/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4692/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4693/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4694/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4695/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4696/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4697/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4698/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4699/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4700/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4701/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4702/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4703/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4704/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4705/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4706/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4707/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4708/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4709/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4710/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4711/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4712/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4713/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4714/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4715/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4716/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4717/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4718/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4720/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4721/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4722/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4723/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4724/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4725/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4726/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4727/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4728/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4729/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4730/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4731/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4732/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4733/indicacao_144.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4734/indicacao_145.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4735/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4736/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4737/indicacao_148.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4738/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4740/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4741/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4742/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4743/indicacao_154.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4744/indicacao_155.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4745/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4746/indicacao_157.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4830/indicacao_158.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4831/indicacao_159.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4832/indicacao_160.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4833/indicacao_161.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4834/indicacao_162.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4835/indicacao_163.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4836/indicacao_164.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4837/indicacao_165.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4838/indicacao_166.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4839/indicacao_167.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4840/indicacao_168.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4841/indicacao_169.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4842/indicacao_170.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4843/indicacao_171.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4844/indicacao_172.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4845/indicacao_173.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4846/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4847/indicacao_175.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4848/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4849/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4850/indicacao_178.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4851/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4852/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4853/indicacao_181.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4854/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4855/indicacao_183.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4856/indicacao_184.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4857/indicacao_185.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4858/indicacao_186.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4888/indicacao_187.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4889/indicacao_188.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4890/indicacao_189.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4891/indicacao_190.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4892/indicacao_191.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4947/indicacao_192.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4948/indicacao_193.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4949/indicacao_194.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4950/indicacao_195.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4951/indicacao_196.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4952/indicacao_197.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4978/indicacao_198.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4979/indicacao_199.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4980/indicacao_200.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4981/indicacao_201.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4982/indicacao_202.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4983/indicacao_203.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4984/indicacao_204.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4985/indicacao_205.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4986/indicacao_206.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4987/indicacao_207.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4988/indicacao_208.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4989/indicacao_209.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4990/indicacao_210.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4991/indicacao_211.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4992/indicacao_212.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4993/indicacao_213.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4994/indicacao_214.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4995/indicacao_215.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4996/indicacao_216.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4997/indicacao_217.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4998/indicacao_218.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4999/indicacao_219.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5000/indicacao_220.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5001/indicacao_221.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5002/indicacao_222.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5003/indicacao_223.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5004/indicacao_224.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5005/indicacao_225.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5035/indicacao_226.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5036/indicacao_227.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5037/indicacao_228.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5038/indicacao_229.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5039/indicacao_230.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5040/indicacao_231.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5041/indicacao_232.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5042/indicacao_233.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5043/indicacao_234.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5044/indicacao_235.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5045/indicacao_236.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5046/indicacao_237.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5069/indicacao_238.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5070/indicacao_239.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5071/indicacao_240.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5072/indicacao_241.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5073/indicacao_242.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5074/indicacao_243.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5075/indicacao_244.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5076/indicacao_246.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5077/indicacao_246.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5078/indicacao_247.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5079/indicacao_248.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5080/indicacao_249.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5081/indicacao_250.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5082/indicacao_251.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5083/indicacao_252.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5084/indicacao_253.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5085/indicacao_254.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5086/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5087/indicacao_256.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5088/indicacao_257.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5136/indicacao_258.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5089/indicacao_259.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5130/indicacao_260.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5131/indicacao_261.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5132/indicacao_262.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5133/indicacao_263.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5134/indicacao_264.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5135/indicacao_265.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5137/indicacao_266.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5138/indicacao_267.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5139/indicacao_268.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5179/indicacao_269.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5180/indicacao_270.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5181/indicacao_271.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5182/indicacao_272.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5183/indicacao_273.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5184/indicacao_274.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5185/indicacao_275.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5186/indicacao_276.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5187/indicacao_277.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5188/indicacao_278.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5189/indicacao_279.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5190/indicacao_280.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5191/indicacao_281.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5192/indicacao_282.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5236/indicacao_285.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5237/indicacao_286.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5238/indicacao_287.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5239/indicacao_288.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5240/indicacao_289.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5241/indicacao_290.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5242/indicacao_291.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5243/indicacao_292.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5244/indicacao_293.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5245/indicacao_294.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5246/indicacao_295.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5247/indicacao_296.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5248/indicacao_297.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5249/indicacao_298.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5250/indicacao_299.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5251/indicacao_300.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5254/indicacao_302.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5255/indicacao_303.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5256/indicacao_304.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5257/indicacao_305.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5258/indicacao_306.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5259/indicacao_307.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5260/indicacao_308.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5261/indicacao_309.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5300/indicacao_310.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5301/indicacao_311.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5302/indicacao_312.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5304/indicacao_314.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5305/indicacao_315.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5307/indicacao_317.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5309/indicacao_319.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5310/indicacao_320.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5311/indicacao_321.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5312/indicacao_322.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5313/indicacao_323.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5314/indicacao_324.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5315/indicacao_325.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5316/indicacao_326.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5317/indicacao_327.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5318/indicacao_328.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5319/indicacao_329.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5320/indicacao_330.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5321/indicacao_331.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5322/indicacao_332.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5323/indicacao_333.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5324/indicacao_334.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5325/indicacao_335.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5326/indicacao_336.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5336/indicacao_337.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5337/indicacao_338.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5338/indicacao_339.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5364/indicacao_340.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5365/indicacao_341.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5366/indicacao_342.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5368/indicacao_344.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5369/indicacao_345.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5370/indicacao_346.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5371/indicacao_348.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5372/indicacao_348.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5373/indicacao_349.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5374/indicacao_350.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5375/indicacao_351.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5376/indicacao_352.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5377/indicacao_353.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5390/indicacao_354.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5396/indicacao_355.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5397/indicacao_356.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5398/indicacao_357.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5399/indicacao_358.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5400/indicacao_359.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5401/indicacao_360.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5402/indicacao_361.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5403/indicacao_362.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5404/indicacao_363.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5405/indicacao_364.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5406/indicacao_365.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5407/indicacao_366.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5409/indicacao_368.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5410/indicacao_369.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5411/indicacao_370.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5412/indicacao_371.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5413/indicacao_372.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5414/indicacao_373.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5415/indicacao_374.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5416/indicacao_375.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5429/indicacao_376.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5430/indicacao_377.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5431/indicacao_378.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5432/indicacao_379.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5433/indicacao_380.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5434/indicacao_381.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5435/indicacao_382.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5436/indicacao_383.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5437/indicacao_384.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5438/indicacao_385.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5439/indicacao_386.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5440/indicacao_387.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5441/indicacao_388.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5442/indicacao_389.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5443/indicacao_390.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5444/indicacao_391.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5445/indicacao_392.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5446/indicacao_393.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5467/indicacao_394.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5468/indicacao_395.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5469/indicacao_396.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5471/indicacao_398.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5479/indicacao_399.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5480/indicacao_401.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5489/indicacao_402.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5490/indicacao_403.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5491/indicacao_404.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5492/indicacao_405.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5493/indicacao_406.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5494/indicacao_407.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4635/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4636/mocao_002.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4637/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4638/mocao_004.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4639/mocao_005.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4640/mocao_006.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4657/mocao_007.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4747/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4748/mocao_009.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4749/mocao_010.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4750/mocao_011.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4751/mocao_012.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4752/mocao_013.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4754/mocao_015.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4755/mocao_016.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4756/mocao_017.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4757/mocao_018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4859/mocao_020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4860/mocao_021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4861/mocao_022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4862/mocao_023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4863/mocao_024.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4864/mocao_025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4865/mocao_026.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4953/mocao_027.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4954/mocao_028.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4955/mocao_029.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4956/mocao_030.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4957/mocao_031.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4958/mocao_032.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4959/mocao_033.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4960/mocao_034.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4961/mocao_035.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4962/mocao_036.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4963/mocao_037.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4964/mocao_038.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4965/mocao_039.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4966/mocao_040.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4967/mocao_041.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4968/mocao_042.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4969/mocao_043.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4970/mocao_044.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5006/mocao_045.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5008/mocao_047.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5009/mocao_048.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5010/mocao_049.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5011/mocao_050.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5012/mocao_051.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5013/mocao_052.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5014/mocao_053.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5047/mocao_054.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5048/mocao_055.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5090/mocao_056.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5091/mocao_057.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5092/mocao_058.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5140/mocao_059.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5141/mocao_060.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5194/mocao_062.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5195/mocao_063.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5198/mocao_066.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5199/mocao_067.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5200/mocao_068.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5262/mocao_069.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5263/mocao_070.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5264/mocao_071.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5265/mocao_072.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5266/mocao_073.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5267/mocao_074.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5268/mocao_075.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5269/mocao_076.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5350/mocao_077.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5351/mocao_078.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5352/mocao_079.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5353/mocao_080.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5354/mocao_081.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5355/mocao_082.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5378/mocao_083.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5379/mocao_084.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5448/mocao_085.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5450/mocao_086.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5451/mocao_087.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5453/mocao_088.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5454/mocao_089.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5455/mocao_090.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5456/mocao_091.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5458/mocao_092.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5472/mocao_093.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5495/mocao_094.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5497/mocao_095.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5498/mocao_096.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5214/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/10045/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5357/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5394/projeto.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5395/projeto.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5111/projeto_01.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5112/projeto_02.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5113/projeto_03.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5114/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5115/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5485/projeto.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5486/projeto.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5116/projeto.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5117/projeto_VWxiQNl.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5118/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5119/projeto.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5120/projeto.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5121/projeto.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5122/projeto.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5123/projeto.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5124/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5125/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5126/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5127/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5128/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5129/projeto.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5488/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5152/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5153/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5154/mensagem__projeto_IGe1NQ1.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5155/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5156/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5157/projeto.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5158/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5159/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5160/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5162/mensagem__projeto_de_lei_033.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5163/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5161/projeto.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5164/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5165/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5166/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5215/projeto.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5167/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5168/projeto_F3UIcYR.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5169/projeto.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5298/projeto.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5170/projeto.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5171/projeto.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5172/projeto.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5173/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5216/projeto.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5217/projeto.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5218/projeto.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5219/projeto.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5220/projeto.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5221/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5222/projeto.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5223/projeto.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5224/projeto.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5174/projeto.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5225/projeto.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5226/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5252/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5151/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5227/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5228/projeto.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5229/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5175/projeto.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5176/projeto.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5177/projeto.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5387/projeto.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5230/projeto.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5178/mensagem_projeto.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5231/projeto.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5275/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5232/projeto.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5233/projeto.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5234/projeto.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5356/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5235/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5297/projeto_bGq894h.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5296/projeto_GEla95X.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5299/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5335/mensagem__projeto_7x0u8zF.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5358/projeto.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5362/mensagem__projeto_5RsEAib.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5363/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5359/projeto_PO7MuZ9.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5360/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5361/mensagem__projeto_oW1xihi.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5383/mensagem__projeto_1mwBnUx.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5384/mensagem__projeto_N6776S1.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5385/mensagem__projeto_z0Pb9yp.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5386/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5388/projeto_JnNskqZ.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5389/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5391/projeto.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5392/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5393/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5477/projeto.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5447/projeto.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5449/projeto.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5452/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5457/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5478/projeto.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5481/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5482/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5483/mensagem__projeto.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5105/projeto.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5106/projeto.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5107/projeto.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5276/projeto.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5108/projeto.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5109/projeto.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5110/projeto.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4658/representacao_001.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4659/representacao_002__resposta.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4810/representacao_003.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4811/representacao_004.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4812/representacao_005.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4813/representacao_006.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4814/representacao_007.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4815/representacao_008__resposta.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4816/representacao_009.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4817/representacao_010__resposta.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4818/representacao_011.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4819/representacao_012__resposta.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4820/representacao_018.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4821/representacao_014.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4822/representacao_015__resposta.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4823/representacao_016.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4824/representacao_017__resposta.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4825/representacao_018.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4826/representacao_019__resposta.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4827/representacao_020.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4828/representacao_021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5055/representacao_022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5056/representacao_023.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5057/representacao_024__resposta.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5058/representacao_025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5059/representacao_026__resposta.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5060/representacao_027__resposta.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5061/representacao_028__resposta.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5062/representacao_029__resposta.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5063/representacao_030__resposta.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5064/representacao_031__resposta.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5065/representacao_032.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5066/representacao_033.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5067/representacao_034__resposta.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5068/representacao_035.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5093/representacao_036.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5094/representacao_037.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5095/representacao_038.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5142/representacao_039.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5143/representacao_040.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5207/representacao_041_9KRyADb.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5208/representacao_042.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5209/representacao_043.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5210/representacao_044.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5211/representacao_045.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5283/representacao_046resposta.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5284/representacao_047.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5285/representacao_048.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5286/representacao_049.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5287/representacao_050resposta.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5288/representacao_051.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5289/representacao_052.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5290/representacao_053.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5291/representacao_054.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5292/representacao_055.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5341/representacao_056.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5342/representacao_057.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5343/representacao_058.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5344/representacao_059.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5345/representacao_060.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5346/representacao_061__resposta.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5347/representacao_062.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5348/representacao_063.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5349/representacao_064.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5380/representacao_065.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5381/representacao_066__resposta.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5382/representacao_067.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5459/representacao_068.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5460/representacao_069.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5461/representacao_070.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5462/representacao_071.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5463/representacao_072.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5464/representacao_073.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5465/representacao_072_-a_numerada_como_074_-_sapl_n_Q1h8zJa.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5500/representacao_075.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5501/representacao_076.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5502/representacao_077.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4641/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4642/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4643/requerimento_003.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4644/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4645/requerimento_005.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4646/requerimento_006.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4647/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4648/requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4649/requerimento_009.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4650/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4651/requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4652/requerimento_012.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4653/requerimento_013.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4654/requerimento_014.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4655/requerimento_015.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4656/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4759/requerimento_017.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4760/requerimento_018.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4761/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4762/requerimento_020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4763/requerimento_021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4764/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4765/requerimento_023.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4766/requerimento_024.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4767/requerimento_025.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4768/requerimento_026.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4769/requerimento_027.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4770/requerimento_028.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4771/requerimento_029.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4772/requerimento_030.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4773/requerimento_031.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4774/requerimento_032.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4775/requerimento_033.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4776/requerimento_034.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4777/requerimento_035.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4778/requerimento_036.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4779/requerimento_037.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4780/requerimento_038.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4781/requerimento_039.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4782/requerimento_040.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4783/requerimento_041.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4784/requerimento_042.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4785/requerimento_043.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4786/requerimento_044.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4787/requerimento_045.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4788/requerimento_046.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4789/requerimento_047.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4790/requerimento_048.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4791/requerimento_049.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4792/requerimento_050.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4793/requerimento_051.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4794/requerimento_052.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4795/requerimento_053.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4796/requerimento_054.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4797/requerimento_055.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4798/requerimento_056.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4799/requerimento_057.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4800/requerimento_058.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4801/requerimento_059.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4802/requerimento_060.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4803/requerimento_061.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4804/requerimento_062.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4805/requerimento_063.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4806/requerimento_064.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4807/requerimento_065.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4808/requerimento_066.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4809/requerimento_067.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4866/requerimento_068.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/4867/requerimento_069.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5015/requerimento_070.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5016/requerimento_071.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5018/requerimento_072.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5017/requerimento_072.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5019/requerimento_074.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5020/requerimento_075.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5021/requerimento_076.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5022/requerimento_077.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5023/requerimento_078.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5024/requerimento_079.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5025/requerimento_080.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5026/requerimento_081.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5027/requerimento_082.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5028/requerimento_083.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5029/requerimento_084.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5030/requerimento_085.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5031/requerimento_086.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5032/requerimento_087.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5033/requerimento_088.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5034/requerimento_089.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5049/requerimento_091.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5050/requerimento_092.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5051/requerimento_093.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5052/requerimento_094.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5053/requerimento_095.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5054/requerimento_096.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5096/requerimento_097.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5097/requerimento_098.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5098/requerimento_099.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5099/requerimento_100.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5100/requerimento_101.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5101/requerimento_102.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5102/requerimento_103.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5145/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5103/requerimento_104.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5104/requerimento_106.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5144/requerimento_107.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5146/requerimento_109.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5147/requerimento_110.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5148/requerimento_111.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5149/requerimento_112.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5150/requerimento_113.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5201/requerimento_114.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5202/requerimento_115.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5203/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5204/requerimento_117.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5205/requerimento_118.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5206/requerimento_119.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5270/requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5271/requerimento_121.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5272/requerimento_122.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5273/requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5274/requerimento_124resposta.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5277/requerimento_125.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5278/requerimento_126.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5279/requerimento_127.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5280/requerimento_128.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5281/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5282/requerimento_130.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5327/requerimento131.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5328/requerimento132.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5329/requerimento133.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5330/requerimento134.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5331/requerimento135.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5332/requerimento136.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5333/requerimento_137.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5339/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5340/requerimento_140.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5417/requerimento_141.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5418/requerimento_142.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5419/requerimento_143.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5420/requerimento_144.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5421/requerimento_145.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5422/requerimento_146.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5423/requerimento_147.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5424/requerimento_148.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5425/requerimento_149.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5426/requerimento_150.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5427/requerimento_151.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5428/requerimento_152.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5473/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5474/requerimento_154.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5475/requerimento_155.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5476/requerimento_156.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5503/requerimento_157.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5504/requerimento_158.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5506/requerimento_160.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2019/5507/requerimento_161.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H846"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="186.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="203" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>