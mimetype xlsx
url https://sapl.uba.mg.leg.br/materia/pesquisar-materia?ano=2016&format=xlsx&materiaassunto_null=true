--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -266,51 +266,51 @@
   <si>
     <t>AO PREFEITO, PROVIDENCIE O PATROLAMENTO E O CASCALHAMENTO EM TODA A EXTENSÃO DA RUA JOÃO SPERANDIO, NA COMUNIDADE DO CÓRREGO SANTANA, A PEDIDO DOS MORADORES.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Carlos da Silva Rufato</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, SOLICITANDO SOLUÇÃO PARA O MURO DA RUA ÁLVARO JANUSÉ QUE COMPROMETE A ESCOLA E A CASA DA SENHORA MARIA APARECIDA PEREIRA DA SILVA, NO BAIRRO LOURIÇAL.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Alfenas, Samuel Gazolla Lima, Vinícius Samôr de Lacerda</t>
+    <t>Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade, Samuel Gazolla Lima, Vinícius Samôr de Lacerda</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, SOLICITANDO MAIOR SUBVENÇÃO SOCIAL PARA A ASSOCIAÇÃO CULTURAL DE COMBATE À DISCRIMINAÇÃO RACIAL SOLANO TRINDADE, ASSIM COMO A LIBERAÇÃO DAS EMENDAS PARLAMENTARES PARA AS ENTIDADES DE UTILIDADE PÚBLICA PARA QUE POSSAM CONTINUAR A DESENVOLVER O TRABALHO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, SOLICITANDO MAIOR ATENÇÃO ÀS QUESTÕES AMBIENTAIS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>20</t>
   </si>
@@ -1543,51 +1543,51 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A REALIZAÇÃO DE UMA OPERAÇÃO TAPA-BURACOS NA AV. A, NO BAIRRO SANTA EDWIGES, A PEDIDO DOS MORADORES.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A NOTIFICAÇÃO DO PROPRIETÁRIO DE UM LOTE NA RUA ANATALIA ÂNGELA VARELA, NO BAIRRO SANTA EDWIGES (LOTEAMENTO LOURO PARMA), EM RAZÃO DO EXCESSO DE MATAGAL EM SUA PROPRIEDADE, QUE ESTÁ PROPORCIONANDO O APARECIMENTO DE COBRAS, ARANHAS E ESCORPIÕES NAS RESIDÊNCIAS VIZINHAS, A PEDIDO DOS MORADORES.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>Rosângela Alfenas</t>
+    <t>Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE OBRAS DE CAPTAÇÃO PLUVIAL NA RUA CEL. JÚLIO SOARES, ESPECIALMENTE NO TRECHO ENTRE O INÍCIO DA RUA FIORAVANTE DRUDA E AS PROXIMIDADES DO ANTIGO AABB.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A CAPINA, CORTE DA GRAMA E LIMPEZA GERAL NOS PAVILHÕES DO HOSPITAL DA FHEMIG, NA COLÔNIA PADRE DAMIÃO, A PEDIDO DOS MORADORES, FUNCIONÁRIOS E PACIENTES.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>125</t>
   </si>
@@ -4124,51 +4124,51 @@
     <t>1397</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1397/1397_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 045/16_x000D_
 ENDEREÇADA: AO JOVEM UBAENSE ISAQUE FRANCA DUTRA, POR SUA RECENTE GRADUAÇÃO NO MIT &amp;#8211; MASSACHUSETTS INSTITUTE OF TECHNOLOGY._x000D_
 </t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1398/1398_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR 046/16_x000D_
 PELO FALECIMENTO: DO SR. ANTÔNIO BATISTA DE OLIVEIRA, CARINHOSAMENTE CONHECIDO COMO &amp;#8220;TONINHO SAPATEIRO&amp;#8221;, OCORRIDO NO DIA 19 DE JUNHO._x000D_
 </t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>Darci Pires da Silva, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Alfenas</t>
+    <t>Darci Pires da Silva, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 047/16_x000D_
 ENDEREÇADA: AO 21º BATALHÃO DE POLICIA MILITAR, PELA SOLENIDADE DE COMEMORAÇÃO DOS 241 ANOS DA POLÍCIA MILITAR._x000D_
 </t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1431/1431_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 048/16_x000D_
 ENDEREÇADA: À ESCOLA MUNICIPAL NOSSA SENHORA APARECIDA, POR SEUS 50 ANOS DE CRIAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1432/1432_texto_integral.pdf</t>
@@ -7031,51 +7031,51 @@
   <si>
     <t>AO PREFEITO, O CONSERTO DAS MANILHAS QUE AFUNDARAM NA VILA VICENTE, LOCALIZADA PRÓXIMA AO Nº 799 DA RUA LIONS, NO BAIRRO BOM PASTOR, A PEDIDO DOS MORADORES. O PRESENTE PEDIDO REITERA A INDICAÇÃO Nº 283/15 DE MESMA AUTORIA.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>A SRA. DIRETORA PRESIDENTE DA UBAPREV - INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE UBÁ, SRA. ANA PAULA GOMES DE AGUIAR VARGAS, CONVIDANDO-A PARTICIPAR DE UMA REUNIÃO ORDINÁRIA, PREVIAMENTE AGENDA COM A DIRETORIA DESTA CASA DE LEIS, PARA DISCORRER SOBRE ASSUNTOS DE INTERESSE DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À MESA DIRETORA DESTA CASA ESCLARECIMENTOS SOBRE INFORMAÇÕES CONTIDAS NO BALANCETE DE 2015 APRESENTADO PELA CMU. </t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>Carlos da Silva Rufato, Rafael Paulo de Freitas, Rosângela Alfenas</t>
+    <t>Carlos da Silva Rufato, Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>À MESA DIRETORA PARA QUE SEJA ESTUDADA A VIABILIDADE DE DEVOLUÇÃO DO MONTANTE DE RECURSOS NÃO UTILIZADOS DA CÂMARA MUNICIPAL PARA A PREFEITURA, MENSALMENTE OU TRIMESTRALMENTE ATÉ O FIM DO EXERCÍCIO FINANCEIRO DO ANO DE 2016, NO INTUITO DE SER DIRECIONADO PARA O PAGAMENTO DO REAJUSTE DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO QUE, APÓS O TÉRMINO DO CALÇAMENTO DA RUA CRISTALINA, DO BAIRRO CRISTAL, A EQUIPE DO SETOR DE OBRAS SEJA ENCAMINHADA AO BAIRRO SÃO MATHEUS, PARA REALIZAR O CALÇAMENTO DE TODAS SUAS RUAS, CONFORME PROMETIDO AOS MORADORES. REITERA REQUERIMENTO 095/13 E 274/15.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, O ENVIO DAS CÓPIAS DAS ANÁLISES LABORATORIAIS, COM OS PARECERES TÉCNICOS, DO SISTEMA DE ABASTECIMENTO DE ÁGUA DO DISTRITO DE DIAMANTE E AINDA, AS INFORMAÇÕES SOBRE O ANDAMENTO DAS OBRAS DE INSTALAÇÃO DO RESERVATÓRIO DE ÁGUA DAQUELA LOCALIDADE. REITERA REQUERIMENTO 069/15.</t>
   </si>
@@ -8407,51 +8407,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1488/1488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1489/1489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1497/1497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1524/1524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1485/1485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1486/1486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1487/1487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1507/1507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1509/1509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1520/1520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1527/1527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12671/pl_31-16.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/656/projeto_de_lei_2.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/1400/lei_4358_2016.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12668/pl_11-16.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12216/projeto_de_lei_12_-_mensagem_10.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12217/projeto_de_lei_21_-_certidao.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12218/projeto_de_lei_22_-_certidao.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12219/projeto_de_lei_23_-_certidao.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12220/projeto_de_lei_24_-_certidao.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12221/projeto_de_lei_25_-_certidao.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12222/msg__pl_26-2016.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12223/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12224/projeto_de_lei_28_-_certidao.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12669/pl_29-16.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12670/pl_30-16.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12672/pl_31-16.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12225/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12240/projeto_de_lei_33_-_mensagem_15.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12281/projeto_de_lei_34_-_mensagem_14.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12664/pl_35-16.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12665/pl_36-16.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12666/pl_37-16.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12282/projeto_de_lei_38_-_mensagem_17.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12283/projeto_de_lei_39_-_mensagem_18.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12284/projeto_de_lei_40_-_mensagem_19.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12667/pl_42-16.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12722/pl_43-16.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12285/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12286/projeto_de_lei_45.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12725/msg_pl_48-16.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12726/pl_49-16.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12289/projeto_de_lei_500001.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/5985/projeto_de_lei_51_mensagem.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12291/projeto_de_lei_53_mensagem.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12292/projeto_de_lei_540001.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12498/pl_55-16.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12727/msg_pl_56-16.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12502/msg_pl_59-16.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12728/msgpl_60-16.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12504/pl_63-16.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12505/msgpl_64-16.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12506/pl_65-16.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12780/projeto_de_lei_68.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13136/oficio_pl_69-16_iniciativa_popular.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12781/msg_pl_70-16.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12873/pl_71-16.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12874/pl_72-16.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12875/pl_73-16.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12876/pl_74-16.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12877/pl_74-16.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12878/pl_76-16.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13038/pl_77-16.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13039/pl_78-16.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13040/pl_79-16.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13041/pl_80-16.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13042/msg_pl_81-16.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13043/msg_pl_82-16.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13044/pl_84-16.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/5995/projeto.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13135/msg_pl_86-16.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1833/1833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12357/projeto_de_lei_88_justificativa.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13134/msg__pl_89-16.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12233/pl_090-2016.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12358/projeto_de_lei_92_mensagem.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12359/projeto_de_lei_93_.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12360/projeto_de_lei_94_mensagem.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12361/projeto_de_lei_95_mensagem.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12362/projeto_de_lei_960001.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13045/pl_97-16.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12363/projeto_de_lei_98_mensagem.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/12364/projeto_de_lei_99_mensagem.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13046/projeto_de_lei_101.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/13047/projeto_de_lei_102.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1483/1483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1561/1561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1490/1490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1491/1491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1492/1492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1539/1539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1552/1552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/sapl/public/materialegislativa/2016/1642/requerimento_234.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2016/1645/1645_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H828"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="229.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="245.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>