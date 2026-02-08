--- v0 (2025-12-06)
+++ v1 (2026-02-08)
@@ -48,51 +48,51 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Alfenas, Vinícius Samôr de Lacerda</t>
+    <t>Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade, Vinícius Samôr de Lacerda</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A PEDIDO DOS MUNÍCIPES QUE PARTICIPARAM DA AUDIÊNCIA PÚBLICA, REALIZADA DIA 17/12/14, PARA A REVISÃO DA LEI ORÇAMENTÁRIA 2015, OU SEJA, QUE TERMINE A OBRA NO CÓRREGO DO BAIRRO SANTA BERNADETE, POIS OS MORADORES ESTÃO SOFRENDO PREJUÍZOS COM A CHUVA.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A PEDIDO DOS MUNÍCIPES QUE PARTICIPARAM DA AUDIÊNCIA PÚBLICA, REALIZADA DIA 17/12/14, PARA A REVISÃO DA LEI ORÇAMENTÁRIA 2015, OU SEJA, A COLOCAÇÃO DE UM POSTE DE ENERGIA NO FINAL DA RUA SEBASTIÃO BRESSAN, ESQUINA COM A RUA JOSÉ MARCELO DA ROCHA.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A PEDIDO DOS MUNÍCIPES QUE PARTICIPARAM DA AUDIÊNCIA PÚBLICA, REALIZADA DIA 17/12/14, PARA A REVISÃO DA LEI ORÇAMENTÁRIA 2015, OU SEJA, SUBSTITUIÇÃO DA PLACA DE TRÂNSITO &amp;#8220;PROIBIDO ESTACIONAR&amp;#8221;, APÓS PASSAGEM DA LINHA FÉRREA (ESPAÇO RECANTO VERDE), LADO DIREITO DA RODOVIA UBÁ-RODEIRO, POR UMA PLACA MAIOR.</t>
   </si>
@@ -294,51 +294,51 @@
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Célio Botaro</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, CONSTRUÇÃO DE UM QUEBRA MOLA NA RUA CEL. SEBASTIÃO RAMOS DE CASTRO, BAIRRO ELDORADO, EM FRENTE AO PORTÃO DE ENTRADA DA ESCOLA ESTADUAL JANUÁRIO CARNEIRO. RESPOSTA: OF/SG/07/2015, EM 27/02/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, CALÇAMENTO DO TRECHO FINAL DA RUA PEDRO BOTARO, COM APROXIMADAMENTE 40 METROS, NO BAIRRO SAN RAFAEL II.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>Rosângela Alfenas</t>
+    <t>Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, EXTENSÃO DE REDE DE DISTRIBUIÇÃO DE ENERGIA E ILUMINAÇÃO NA VIA PÚBLICA QUE TEM INÍCIO NA RUA LUIZ BIGONHA, ENTRE OS NÚMEROS 826 E 844, NO BAIRRO LOURIÇAL. RESPOSTA: OF/SG/07/2015, EM 27/02/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO MUNICIPAL DE SAÚDE, À DIREÇÃO DA VIGILÂNCIA SANITÁRIA E À DELEGACIA FISCAL DA RECEITA ESTADUAL NA REGIONAL DE UBÁ, SOLICITANDO-LHES A FISCALIZAÇÃO DOS COMERCIANTES DE GALÕES DE ÁGUA MINERAL COM 20 LITROS NESTA CIDADE, DEVIDO A VÁRIAS DENÚNCIAS ANÔNIMAS SOBRE A COLETA DE ÁGUAS EM MINAS CLANDESTINAS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, JUNTO A SECRETARIA MUNICIPAL DE SAÚDE, PEDIDO DE SOLICITAÇÃO DE INFORMAÇÕES SOBRE A IMPLEMENTAÇÃO DA LEI 4199, DE 28/05/2014, QUE INSTITUI NO MUNICÍPIO A GRATIFICAÇÃO POR DESEMPENHO DE METAS DO PROGRAMA NACIONAL DE MELHORIA DO ACESSO E QUALIDADE &amp;#8211; PMAQ. RESPOSTA: OFÍCIO GAB/SEC/SMS Nº 020/2015, EM 13/03/15, DO GESTOR MUNICIPAL DE SAÚDE DE UBÁ.</t>
   </si>
@@ -1473,51 +1473,51 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A URGENTE LIMPEZA E CAPINA GERAL DA RUA LEOPOLDINA LOPES DA SILVA, NO MORRO DO QUEROSENE. RESPOSTA: OF/SG/41/2015, EM 19/06/2015, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, AO SECRETÁRIO DE AMBIENTE E MOBILIDADE URBANA, SR. FILLIPE TAMIOZZO, AO CHEFE DA DIVISÃO DE TRÂNSITO E TRANSPORTE PÚBLICO, SR. RENATO CANTARINO, SOLICITANDO-LHES QUE POSSIBILITEM A INSTALAÇÃO DE UMA &amp;#8220;PLACA DE PARADA MÁXIMA DE 15 MINUTOS&amp;#8221; NA RUA ANTENOR MACHADO, EM FRENTE À SECRETARIA DE SAÚDE. RESPOSTA: OF/SG/41/2015, EM 19/06/2015, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>Célio Botaro, Rosângela Alfenas</t>
+    <t>Célio Botaro, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>O PREFEITO, O ROÇAMENTO, O PATROLAMENTO E O CASCALHAMENTO DAS COMUNIDADES CÓRREGO FUNDO, SANTO ANASTÁCIO, ZOEIRA E ALFENAS. RESPOSTA: OF/SG/41/2015, EM 19/06/2015, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO, À SECRETARIA DE OBRAS, À DE AMBIENTE E À DE EDUCAÇÃO, MELHORIAS E REIVINDICAÇÕES DOS MORADORES DO BAIRRO FAZENDINHA, OU SEJA, NA PRAÇA DAQUELA LOCALIDADE: COLOCAÇÃO DE LÂMPADAS COM GRADES, INSTALAÇÃO DE CÂMERAS DE SEGURANÇA, MAIS EQUIPAMENTOS DE GINÁSTICA E INSTALAÇÃO DE LIXEIRAS; COLOCAÇÃO DE QUEBRA MOLAS EM TODA A EXTENSÃO DO BAIRRO; OBRAS PARA CAPTAÇÃO DE ÁGUAS NA FAZENDINHA 2; CRIAÇÃO DE UMA CAMPANHA EDUCATIVA, COM A POPULAÇÃO E PRINCIPALMENTE COM OS JOVENS, PARA CONSCIENTIZAR A PRESERVAÇÃO E O BOM USO DA PRAÇA, DA QUADRA ESPORTIVA DO BAIRRO, BEM COMO DOS EQUIPAMENTOS PÚBLICOS EM GERAL. RESPOSTA: OF/SG/41/2015, EM 19/06/2015, DO SECRETÁRIO MUNICIPAL DE GOVERNO. </t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>148</t>
   </si>
@@ -2934,51 +2934,51 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, ASFALTAMENTO DA AVENIDA JESUS BRANDÃO, BAIRRO SAN RAFAEL II, ENTRE OS NºS 165 E 445. RESPOSTA: OF/SG/89/2015, EM 23/11/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, ASFALTAMENTO DA RUA IPÊ, BAIRRO PAULINO FERNANDES. RESPOSTA: OF/SG/89/2015, EM 23/11/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>Carlos da Silva Rufato, Jorge Custódio Gervásio, José Alves Germano, José Roberto Reis Filgueiras, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Alfenas, Samuel Gazolla Lima, Vinícius Samôr de Lacerda</t>
+    <t>Carlos da Silva Rufato, Jorge Custódio Gervásio, José Alves Germano, José Roberto Reis Filgueiras, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade, Samuel Gazolla Lima, Vinícius Samôr de Lacerda</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, VINCULAR A DEVOLUÇÃO DOS DUODÉCIMOS, REPASSES MENSAIS DO PODER EXECUTIVO À CÂMARA, PARA CUSTEAR O PROJETO OLHO VIVO EM NOSSA CIDADE. RESPOSTA: OF/SG/89/2015, EM 23/11/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A RECONSTRUÇÃO DA CABECEIRA DA PONTE, SITUADA NA RUA RECREIO, DO BAIRRO ROSA DE TOLEDO. RESPOSTA: OF/SG/90/2015, EM 30/11/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>273</t>
   </si>
@@ -3456,51 +3456,51 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, O CORTE DE UM COQUEIRO NA RUA SANTA ANASTÁSIA (RUA 5), EM FRENTE AO Nº 645, DO BAIRRO SÃO DOMINGOS, A PEDIDO DOS MORADORES. RESPOSTA: OF.SG.110/2015, EM 21/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, A INSTALAÇÃO DA REDE DE CAPTAÇÃO DE ESGOTO E ÁGUAS PLUVIAIS, DA REDE DE DISTRIBUIÇÃO DE ÁGUA POTÁVEL E O CALÇAMENTO DA RUA PROJETADA, NO BAIRRO OLARIA, A PEDIDO DOS MORADORES. RESPOSTA: OF.SG.110/2015, EM 21/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Alfenas, Samuel Gazolla Lima, Vinícius Samôr de Lacerda</t>
+    <t>Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Mauricio Valadão Reimão de Melo, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade, Samuel Gazolla Lima, Vinícius Samôr de Lacerda</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, DISTRIBUIÇÃO DE ÁGUA COM MELHOR QUALIDADE NO BAIRRO ANTONINA COELHO &amp;#8211; COHAB. AUDIÊNCIA PÚBLICA NO BAIRRO ANTONINA COELHO, NO DIA 1º/12/15. RESPOSTA: OF.SG.110/2015, EM 21/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO PREFEITO, LIMPEZA GERAL NOS LOGRADOUROS DO BAIRRO ANTONINA COELHO &amp;#8211; COHAB. AUDIÊNCIA PÚBLICA NO BAIRRO ANTONINA COELHO, NO DIA 1º/12/15. RESPOSTA: OF.SG.110/2015, EM 21/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO. </t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>316</t>
   </si>
@@ -4611,51 +4611,51 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO DE UBÁ, EDVALDO BAIÃO ALBINO, PARA SOLICITAR À SECRETARIA MUNICIPAL DE MEIO AMBIENTE E MOBILIDADE URBANA, A REALIZAÇÃO DE SUBSOLAGEM EM ÁREAS PLANAS OU DE BAIXO E MÉDIO DECLIVE, COM O INTUITO DE AUMENTAR A INFILTRAÇÃO DE ÁGUA, COM RESULTADO DE AUMENTO NA VAZÃO DAS NASCENTES, ALÉM DE SER REALIZADA, PREFERENCIALMENTE, EM PARCERIA COM OS PRODUTORES RURAIS, ATRAVÉS DO SINDICATO RURAL DA CIDADE.RESPOSTA: OF/SG/84/2015, EM 03/11/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>MOC A</t>
   </si>
   <si>
     <t>Moção (Regimento Antigo)</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 001/15, AS CANTINEIRAS: MARIA DAS DORES MÉDICE DA SILVA, MÁRCIA PACHECO TOLENTINO E PATRÍCIA PACHECO DE SOUZA COSTA, PELO RECEBIMENTO DA HOMENAGEM COMO DESTAQUE DO ANO DE 2014, CONCEDIDA PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>Carlos da Silva Rufato, Rosângela Alfenas</t>
+    <t>Carlos da Silva Rufato, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 002/15, À SENHORA MARIA LETÍCIA MENDONÇA MACIEL, PELO RECONHECIMENTO DE SEUS TRABALHOS A FRENTE DA DIRETORA GERAL DO PODER LEGISLATIVO UBAENSE.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR 003/15, PELO FALECIMENTO DA SENHORA MARIA RACHEL MENDES D&amp;#8217;ÁVILA, OCORRIDO RECENTEMENTE EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 004/15, AO PASTOR JOSÉ WALDEMAR DE AGUIAR, PELO TRANSCURSO DE MAIS UM NATALÍCIO.</t>
   </si>
@@ -5520,51 +5520,51 @@
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 101/15, AO PROFESSOR JOAQUIM CARLOS DE SOUZA PELO LANÇAMENTO DO LIVRO &amp;#8220;HOMEM INESQUECÍVEL EMPRESA INOLVIDÁVEL&amp;#8221;.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR 102/15, PELO FALECIMENTO DO SR. JOSÉ PINTO, CARINHOSAMENTE CONHECIDO POR SR. ZÉ ZEQUINHA, OCORRIDO NA ÚLTIMA SEMANA.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1300/1300_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 103/15, AOS MESATENISTAS DO DEPARTAMENTO DE TÊNIS DE MESA DE UBÁ QUE PARTICIPARAM DO 1º TORNEIO ABERTO DE TÊNIS DE MESA DE 2015, REALIZADO NA UNIVERSIDADE FEDERAL DE ALFENAS.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>Oswaldo Peixoto Guimarães, Rosângela Alfenas</t>
+    <t>Oswaldo Peixoto Guimarães, Rosângela Maria Alfenas de Andrade</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 104/15, AO DR. WALTER PADOVANI, QUE RECEBEU RECENTEMENTE A MEDALHA &amp;#8220;DESEMBARGADOR HÉLIO COSTA&amp;#8221;.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1302/1302_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 105/15, A SRA. HELVECIA DE OLIVEIRA, PELOS DESTACÁVEIS TRABALHOS DESENVOLVIDOS JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1303/1303_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 106/15, AO SENHOR AFONSO MAGALHÃES CORBELLI, FRENTE À SITUAÇÃO DE ENCHENTE NA CIDADE DE UBÁ, POR SUAS ATITUDES DE AMOR E SOLIDARIEDADE PARA COM O PRÓXIMO.</t>
   </si>
@@ -5859,51 +5859,51 @@
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 140/15, AO CABO ROMAGNO PASSON DA MOTA, AO TENENTE THIAGO MORAIS DE ALMEIDA LEMES E AO CABO AROLDO LINO DE ANDRADE, EM FUNÇÃO DA PRESTEZA NOS TRABALHOS REALIZADOS DURANTE AS INUNDAÇÕES OCORRIDAS NO BAIRRO WALDEMAR DE CASTRO, EM UBÁ, MAIS PRECISAMENTE NAS AÇÕES DE SOCORRO AOS MORADORES DO &amp;#8220;BECO DO SAPO&amp;#8221;.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>472015</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1246/1246_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 047/15A, AO SR. ADICEU ALVES, CONHECIDO COMO ZITO SAPATEIRO, QUE POR MAIS DE 60 ANOS MANTEVE SEU COMÉRCIO, SAPATARIA SANTA CRUZ, NO BAIRRO SANTA CRUZ DESTA CIDADE.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>Rafael Paulo de Freitas, Rosângela Alfenas, Samuel Gazolla Lima</t>
+    <t>Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade, Samuel Gazolla Lima</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE UBÁ, REFERENTE O EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeito Edvaldo Baião Albino</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ART. 43-A A LEI COMPLEMENTAR MUNICIPAL Nº 30, DE 11 DE JULHO DE 1995, QUE &amp;#8220;INSTITUI NORMAS DE URBANISMO E EDIFICAÇÕES PARA O MUNICÍPIO DE UBÁ E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
@@ -10390,51 +10390,51 @@
   <si>
     <t>AO PREFEITO, CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NA RUA JOSÉ DA COSTA MARQUES, BAIRRO PONTE PRETA, EM TODA SUA EXTENSÃO. REITERA REQUERIMENTO 176/15. RESPOSTA: OF/SG/106/2015, EM 14/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, CALÇAMENTO E A INSTALAÇÃO DE REDE DE ESGOTO PARA A RUA AGOSTINHO GUIDUCCI, BAIRRO INDUSTRIAL. REITERA REQUERIMENTO 183/15. RESPOSTA: OF/SG/106/2015, EM 14/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, RECONSTRUÇÃO DA CALÇADA LOCALIZADA NA RUA JOSÉ CAMPOMIZZI, EM FRENTE AO Nº 15. REITERA INDICAÇÃO 796/15. RESPOSTA: OF/SG/106/2015, EM 14/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO. RESPOSTA: OF.SG.110/2015, EM 21/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>Vinícius Samôr de Lacerda, Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Alfenas, Samuel Gazolla Lima</t>
+    <t>Vinícius Samôr de Lacerda, Carlos da Silva Rufato, Célio Botaro, Darci Pires da Silva, Jorge Custódio Gervásio, José Alves Germano, Oswaldo Peixoto Guimarães, Rafael Paulo de Freitas, Rosângela Maria Alfenas de Andrade, Samuel Gazolla Lima</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, INFORMAÇÕES A RESPEITO DOS LEILÕES DE TERRENOS E IMÓVEIS REALIZADOS PELA ADMINISTRAÇÃO MUNICIPAL, DO BAIRRO SÃO DOMINGOS. RESPOSTA: OF/SG/106/2015, EM 14/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO. RESPOSTA: OF.SG.113/2015, EM 21/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, FISCALIZAÇÃO DOS LOTEAMENTOS EM NOSSA CIDADE. REITERA REQUERIMENTO 258/14. RESPOSTA: OF/SG/106/2015, EM 14/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO. RESPOSTA: OF.SG.109/2015, EM 21/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t>À DEFESA CIVIL, PROVIDENCIAR A DEMOLIÇÃO DE UMA CASA SITUADA NA RUA JOAQUIM BOA VENTURA DA SILVA, Nº 65, QUE FAZ ESQUINA COM A TRAVESSA SANTA (BECO DO SAPO), BAIRRO WALDEMAR DE CASTRO. RESPOSTA: OF/SG/106/2015, EM 14/12/15, DO SECRETÁRIO MUNICIPAL DE GOVERNO.</t>
   </si>
@@ -10984,51 +10984,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1796/1796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1797/1797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1798/1798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1799/1799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1800/1800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1825/1825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1826/1826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1827/1827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1828/1828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1829/1829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1830/1830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1831/1831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1832/1832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1834/1834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1835/1835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1836/1836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1837/1837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1838/1838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1839/1839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1840/1840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1841/1841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1842/1842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1843/1843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1844/1844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1845/1845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1846/1846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1847/1847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1848/1848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1849/1849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1850/1850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1852/1852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1853/1853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1854/1854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1855/1855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1856/1856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1857/1857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1858/1858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1859/1859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1860/1860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1861/1861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1863/1863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1864/1864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1865/1865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1868/1868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1869/1869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1870/1870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1871/1871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1872/1872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1873/1873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1874/1874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1875/1875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1876/1876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1877/1877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1878/1878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1879/1879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1880/1880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1883/1883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1885/1885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1886/1886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1887/1887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1888/1888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1889/1889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1890/1890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1891/1891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1892/1892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1893/1893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1895/1895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1896/1896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1897/1897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1898/1898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1899/1899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1900/1900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1901/1901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1902/1902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1903/1903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1904/1904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1905/1905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1906/1906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1907/1907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1908/1908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1909/1909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1910/1910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1911/1911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1912/1912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1913/1913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1914/1914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1916/1916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1917/1917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1918/1918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1919/1919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1920/1920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1921/1921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1922/1922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1923/1923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1924/1924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1881/1881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1735/1735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1928/1928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uba.mg.leg.br/media/./sapl/public/materialegislativa/2015/802/802_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1078"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="229.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="245.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="91.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>